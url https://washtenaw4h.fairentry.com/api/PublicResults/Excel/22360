--- v0 (2025-10-14)
+++ v1 (2025-11-04)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0f420a830063451f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/d55aa6142be34149aa9288d7ead49eb7.psmdcp" Id="Ra85ede2c931a4e16" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R894cb5deeaf24521" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/65c527e44c4c40c6bd4fe61e0d8055b7.psmdcp" Id="Rf853e976bf834ef1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Results-2025 Washtenaw Count..." sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="431" uniqueCount="431">
   <x:si>
     <x:t>Hierarchy Path</x:t>
   </x:si>
   <x:si>
     <x:t>Exhibitor Number</x:t>
   </x:si>
   <x:si>