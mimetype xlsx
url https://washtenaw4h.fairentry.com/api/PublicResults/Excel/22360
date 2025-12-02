--- v1 (2025-11-04)
+++ v2 (2025-12-02)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R894cb5deeaf24521" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/65c527e44c4c40c6bd4fe61e0d8055b7.psmdcp" Id="Rf853e976bf834ef1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2e1ecf4c0a4540d9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/e805be48027143b89b3f8c3444b11299.psmdcp" Id="R7b63013d33ee4c72" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Results-2025 Washtenaw Count..." sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="431" uniqueCount="431">
   <x:si>
     <x:t>Hierarchy Path</x:t>
   </x:si>
   <x:si>
     <x:t>Exhibitor Number</x:t>
   </x:si>
   <x:si>