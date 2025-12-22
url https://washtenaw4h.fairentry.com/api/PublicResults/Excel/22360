--- v2 (2025-12-02)
+++ v3 (2025-12-22)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2e1ecf4c0a4540d9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/e805be48027143b89b3f8c3444b11299.psmdcp" Id="R7b63013d33ee4c72" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R960fd46c1f234e08" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/730a3eefc9104514a3f5ce5f20dd4ed0.psmdcp" Id="Rd41026470d6e4f73" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Results-2025 Washtenaw Count..." sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="431" uniqueCount="431">
   <x:si>
     <x:t>Hierarchy Path</x:t>
   </x:si>
   <x:si>
     <x:t>Exhibitor Number</x:t>
   </x:si>
   <x:si>