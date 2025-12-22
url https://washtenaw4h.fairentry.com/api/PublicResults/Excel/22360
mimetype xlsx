--- v3 (2025-12-22)
+++ v4 (2025-12-22)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R960fd46c1f234e08" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/730a3eefc9104514a3f5ce5f20dd4ed0.psmdcp" Id="Rd41026470d6e4f73" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R97930c30f7d04468" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/2bab769c0dd049efb13c8147b6591235.psmdcp" Id="Ra027861447c24421" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Results-2025 Washtenaw Count..." sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="431" uniqueCount="431">
   <x:si>
     <x:t>Hierarchy Path</x:t>
   </x:si>
   <x:si>
     <x:t>Exhibitor Number</x:t>
   </x:si>
   <x:si>