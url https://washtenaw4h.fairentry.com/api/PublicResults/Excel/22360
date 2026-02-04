--- v4 (2025-12-22)
+++ v5 (2026-02-04)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R97930c30f7d04468" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/2bab769c0dd049efb13c8147b6591235.psmdcp" Id="Ra027861447c24421" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1b113b764daa4a73" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/b0fcdb742eae476e9a89f98d7666a8ae.psmdcp" Id="Rd0de30335b964c9f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Results-2025 Washtenaw Count..." sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="431" uniqueCount="431">
   <x:si>
     <x:t>Hierarchy Path</x:t>
   </x:si>
   <x:si>
     <x:t>Exhibitor Number</x:t>
   </x:si>
   <x:si>