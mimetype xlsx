--- v5 (2026-02-04)
+++ v6 (2026-03-01)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1b113b764daa4a73" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/b0fcdb742eae476e9a89f98d7666a8ae.psmdcp" Id="Rd0de30335b964c9f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8fad035176db4780" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a7c3742787ca4cc09a937affb9d89827.psmdcp" Id="R79ebac214e2f4460" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Results-2025 Washtenaw Count..." sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="431" uniqueCount="431">
   <x:si>
     <x:t>Hierarchy Path</x:t>
   </x:si>
   <x:si>
     <x:t>Exhibitor Number</x:t>
   </x:si>
   <x:si>